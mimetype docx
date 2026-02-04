--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -1,594 +1,2072 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/word/document2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document2.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
   <w:body>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="39C10B43" wp14:paraId="0B0E68F0" wp14:textId="6AB1FF7F">
-[...156 lines deleted...]
-        <w:rPr>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="14127969" wp14:textId="0EBEC0AB">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:keepNext w:val="1"/>
+        <w:keepLines w:val="1"/>
+        <w:spacing w:after="60"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Careers portal – Apprenticeship Week case study </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="0ADAD62C" wp14:textId="28BB8712">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="728F43D7" wp14:paraId="7D8075FE" wp14:textId="13672448">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The case studies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be used as part of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="48550BF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Apprenticeship Week. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Included below are section prompts to help you share your story</w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="23EEEAA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>. Please be as detailed as possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="1BED0597" wp14:textId="1B46EFED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As you work through this template, remember that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>it’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>starting off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> point for NFRC to help you tell your story. We will work with you and share with you the case study before we publish it on our </w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>careers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website and social media.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="1BEED36F" w:rsidP="728F43D7" w:rsidRDefault="1BEED36F" w14:paraId="6B1126E0" w14:textId="14761B1F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
-          <w:noProof w:val="0"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="1BEED36F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
-          <w:noProof w:val="0"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once completed, please email to </w:t>
+      </w:r>
+      <w:hyperlink r:id="R9ef2ec6ed81a499d">
+        <w:r w:rsidRPr="728F43D7" w:rsidR="1BEED36F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+            <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="en"/>
+          </w:rPr>
+          <w:t>Marketing@NFRC.co.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="1BEED36F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
-          <w:noProof w:val="0"/>
-[...62 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="39C10B43" wp14:paraId="4FFF2BB2" wp14:textId="6BDD3D77">
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the subject ‘Apprentice Week 2026’</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="416ED45E" wp14:textId="4FEEF3D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="159F1F7F" wp14:textId="1046B95B">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:keepNext w:val="1"/>
+        <w:keepLines w:val="1"/>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Outline: [Careers case study]</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="44E2E037" wp14:textId="7ADA7328">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your first name/job title: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>[Your name and job title]</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="372F703D" wp14:textId="210B547B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your company: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>[Company Name, location, website]</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="11B73BDA" wp14:textId="3D14029F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Your training provider or other partners involved</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>: [college or training provider – name and contact information]</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="396D25A2" wp14:textId="21D29DDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Industry: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>[If Applicable]</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="59C4937A" wp14:textId="0F18483A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Video:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Link to Video Case Study, or other relevant video content]</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="09686B7C" wp14:textId="3F2F997E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="289F4A65" wp14:textId="173E6CEA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please include a photo that we can use to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>accompany</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your case study – this can be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="66C70046">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>you wo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rking on a recent project, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="31BC119A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or a project you have recently completed. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Please make sure the photo is high resolution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="728F43D7" wp14:paraId="644B5D7A" wp14:textId="527DDC9A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="39C10B43" wp14:paraId="51715FFD" wp14:textId="0541C711">
+        <w:keepNext w:val="1"/>
+        <w:keepLines w:val="1"/>
+        <w:spacing w:before="360" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="728F43D7" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="179B7373" wp14:textId="22281E24">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>A short introduction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and context. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="410D2FAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Include things such as:</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="6D9E6FB3" wp14:textId="1F90FC59">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:noProof w:val="0"/>
-[...60 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="39C10B43" wp14:paraId="047BC027" wp14:textId="6FF87C18">
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Why you chose roofing</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="1EA5977E" wp14:textId="66A2EED5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...40 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="39C10B43" wp14:paraId="714BE20E" wp14:textId="15A813CA">
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Your responsibilities and role</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="7CC12E84" wp14:textId="6820A05C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:noProof w:val="0"/>
-[...18 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="39C10B43" wp14:paraId="5251C9DF" wp14:textId="58E467F4">
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Plans for when your apprenticeship is finished</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="5F55F0F9" wp14:textId="26EF90AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:noProof w:val="0"/>
-[...11 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="39C10B43" wp14:paraId="5E5787A5" wp14:textId="220B7125">
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="6F77419D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>How your employer/training provider helps</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="77AFB4F9" wp14:textId="366FFE34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="60C5C182">
+        <w:drawing>
+          <wp:inline xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" wp14:editId="15EA0738" wp14:anchorId="17F7CFB0">
+            <wp:extent cx="5686425" cy="1381125"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="296237790" name="drawing" title="Text Box 2, Textbox"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="296237790" name="Picture 296237790"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1850372449">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5686425" cy="1381125"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="5218C04C" wp14:textId="7073875F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...119 lines deleted...]
-    <w:p w:rsidR="39C10B43" w:rsidP="39C10B43" w:rsidRDefault="39C10B43" w14:paraId="00B8D49E" w14:textId="1428DB57">
+        <w:keepNext w:val="1"/>
+        <w:keepLines w:val="1"/>
+        <w:spacing w:before="360" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Your story</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="7D56545A" wp14:textId="0015E546">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>In this section, provide a more in-depth overview of your apprenticeship journey so far. What i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="1DCFBE2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> going well, what are you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="6B57D1D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and were there any tricky challenges to overcome? </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="61D1A346" wp14:textId="6A589C7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="573A2BEC" wp14:textId="520E7201">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="60C5C182">
+        <w:drawing>
+          <wp:inline xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" wp14:editId="3389CA07" wp14:anchorId="2FA06298">
+            <wp:extent cx="5686425" cy="1381125"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1221571637" name="drawing" title="Text Box 2, Textbox"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1221571637" name="Picture 1221571637"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1838112424">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5686425" cy="1381125"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="67FFFE30" wp14:textId="050937DE">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext w:val="1"/>
+        <w:keepLines w:val="1"/>
+        <w:spacing w:before="360" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Encourage others to offer career opportunities in the roofing sector</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="4130605A" wp14:textId="3CE80868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>What would you say to another person considering an apprenticeship in roofing? What is s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="57CBFD3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> good about the opportunities in the roofing sector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="24B35A0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>and what makes it such a great place to work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="5DDB32A4" wp14:textId="76623A19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="1CC52378" wp14:textId="77F9E2E7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="60C5C182">
+        <w:drawing>
+          <wp:inline xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" wp14:editId="692FA88A" wp14:anchorId="670B74ED">
+            <wp:extent cx="5686425" cy="1381125"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1315858548" name="drawing" title="Text Box 2, Textbox"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1315858548" name="Picture 1315858548"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId735147513">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5686425" cy="1381125"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="017452F7" wp14:textId="731DEE86">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext w:val="1"/>
+        <w:keepLines w:val="1"/>
+        <w:spacing w:before="360" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>The Results</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="6FD25628" wp14:textId="2DFB5037">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Really highlight in this section the benefits to your career journey so far. What do you plan to achieve next? Be sure it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="6F3B483C">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>explain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s how much of an impact your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="66FCAE7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apprenticeship </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>ha</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="34A69A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78516F28" w:rsidR="60C5C182">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made to your career.</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="157148E6" wp14:textId="07873D33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="2208F5FA" wp14:textId="3F5E32A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="60C5C182">
+        <w:drawing>
+          <wp:inline xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" wp14:editId="766B2C5C" wp14:anchorId="3439235C">
+            <wp:extent cx="5686425" cy="1381125"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="221925175" name="drawing" title="Text Box 2, Textbox"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="221925175" name="Picture 221925175"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId798309796">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5686425" cy="1381125"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="7893373B" wp14:textId="142A6D22">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="33475B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="4AEDFECF" wp14:textId="609B6DBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78516F28" w:rsidR="6A8BC68C">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As part of collecting this case study, we are keen to make you aware of our commitment to the legal requirements under the GDPR (data protection legislation), ensuring that you are aware of the way your personal data is processed. For further information, please read our privacy policy on our website - </w:t>
+      </w:r>
+      <w:hyperlink r:id="Rd7efd1609667401b">
+        <w:r w:rsidRPr="78516F28" w:rsidR="6A8BC68C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="en"/>
+          </w:rPr>
+          <w:t>Privacy Policy - NFRC.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="78516F28" w:rsidR="6A8BC68C">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  By completing and submitting content for use within the Case Study, you agree that NFRC will use the information that you provide in the case study for publication on our careers portal website, used as downloadable content for NFRC or third parties to use as part of careers advice and guidance sessions in schools or colleges and online marketing activities to encourage other people to consider the roofing sector for their career.  For further information on NFRC’s GDPR and data protection policies, please contact </w:t>
+      </w:r>
+      <w:hyperlink r:id="R31312a256dbf4537">
+        <w:r w:rsidRPr="78516F28" w:rsidR="6A8BC68C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Avenir" w:hAnsi="Avenir" w:eastAsia="Avenir" w:cs="Avenir"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="en"/>
+          </w:rPr>
+          <w:t>Helpdesk@nfrc.co.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="78516F28" wp14:paraId="5E5787A5" wp14:textId="00A34A39">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -620,63 +2098,63 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="2">
-    <w:nsid w:val="5cdc7a30"/>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="1">
+    <w:nsid w:val="c99a11b"/>
     <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:hint="default" w:ascii="Aptos" w:hAnsi="Aptos"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
@@ -732,259 +2210,126 @@
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="1">
-[...113 lines deleted...]
-  </w:num>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="63A702A7"/>
-[...45 lines deleted...]
-    <w:rsid w:val="7FA5AFE5"/>
+    <w:rsidRoot w:val="24637B15"/>
+    <w:rsid w:val="0D132997"/>
+    <w:rsid w:val="1BEED36F"/>
+    <w:rsid w:val="1DCFBE2D"/>
+    <w:rsid w:val="23EEEAA9"/>
+    <w:rsid w:val="24637B15"/>
+    <w:rsid w:val="24B35A0A"/>
+    <w:rsid w:val="2AE8AE65"/>
+    <w:rsid w:val="31BC119A"/>
+    <w:rsid w:val="33B7CFC5"/>
+    <w:rsid w:val="342FE171"/>
+    <w:rsid w:val="34A69A05"/>
+    <w:rsid w:val="376585B1"/>
+    <w:rsid w:val="410D2FAE"/>
+    <w:rsid w:val="48550BF0"/>
+    <w:rsid w:val="511BB013"/>
+    <w:rsid w:val="57CBFD3D"/>
+    <w:rsid w:val="5970ACF8"/>
+    <w:rsid w:val="60C5C182"/>
+    <w:rsid w:val="66C70046"/>
+    <w:rsid w:val="66FCAE7D"/>
+    <w:rsid w:val="6A8BC68C"/>
+    <w:rsid w:val="6B57D1D5"/>
+    <w:rsid w:val="6F3B483C"/>
+    <w:rsid w:val="6F77419D"/>
+    <w:rsid w:val="728F43D7"/>
+    <w:rsid w:val="746F6EAA"/>
+    <w:rsid w:val="78516F28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="63A702A7"/>
+  <w14:docId w14:val="24637B15"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{452B8612-65A0-4CDE-A632-741D97270A55}"/>
+  <w15:docId w15:val="{E33BADBB-FAFA-4A42-B9A6-50A0F48E87EA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1365,125 +2710,122 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:uiPriority w:val="9"/>
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="39C10B43"/>
+    <w:rsid w:val="78516F28"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:eastAsia="" w:cs="" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeTint="FF" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:uiPriority w:val="10"/>
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="78516F28"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:eastAsia="" w:cs="" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:uiPriority w:val="34"/>
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="39C10B43"/>
+    <w:rsid w:val="78516F28"/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:uiPriority w:val="99"/>
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="39C10B43"/>
+    <w:rsid w:val="78516F28"/>
     <w:rPr>
       <w:color w:val="467886"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marketing@nfrc.co.uk" TargetMode="External" Id="Rf9c8acc84a404f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Red3958135b874af1" /></Relationships>
+<file path=word/_rels/document2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="rId1850372449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="rId1838112424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="rId735147513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="rId798309796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfrc.co.uk/form-confirmation/policies/privacy-policy" TargetMode="External" Id="Rd7efd1609667401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Helpdesk@nfrc.co.uk" TargetMode="External" Id="R31312a256dbf4537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0e5ec61123004152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Marketing@NFRC.co.uk" TargetMode="External" Id="R9ef2ec6ed81a499d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1725,30 +3067,30 @@
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:Template>Normal.dotm</ap:Template>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Megan Poole</dc:creator>
   <keywords/>
   <dc:description/>
   <lastModifiedBy>Megan Poole</lastModifiedBy>
-  <revision>2</revision>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>